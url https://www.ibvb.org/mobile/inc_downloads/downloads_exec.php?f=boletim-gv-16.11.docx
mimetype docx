--- v0 (2025-11-18)
+++ v1 (2026-01-09)
@@ -1477,69 +1477,51 @@
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0092746D">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Sugestão de músicas</w:t>
             </w:r>
             <w:r w:rsidR="00B93E02">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00B35973">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Santo, Santo, Santo... Louve e exalte ao Senhor (Renascer </w:t>
-[...17 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Santo, Santo, Santo... Louve e exalte ao Senhor (Renascer Praise)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E8484C0" w14:textId="77777777" w:rsidR="001609E9" w:rsidRPr="001E6CF1" w:rsidRDefault="001609E9" w:rsidP="000A52D9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FDFF9F9" w14:textId="18E6A412" w:rsidR="002F6219" w:rsidRPr="0092746D" w:rsidRDefault="002F6219" w:rsidP="000A52D9">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:b/>
                 <w:bCs/>
@@ -2673,75 +2655,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="005A759A" w:rsidRPr="005A759A">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cremos antes de materializar o milagre</w:t>
             </w:r>
             <w:r w:rsidR="005A759A">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, leia </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> 1:3.</w:t>
+              <w:t>, leia Ef 1:3.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="633649DB" w14:textId="34BC3B1D" w:rsidR="00597E30" w:rsidRDefault="00597E30" w:rsidP="0057064B">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:spacing w:before="240" w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F2B7729" w14:textId="26B1220A" w:rsidR="00174889" w:rsidRPr="00174889" w:rsidRDefault="00175BCF" w:rsidP="00AE1430">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
@@ -2798,75 +2756,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sugestão de respostas:</w:t>
             </w:r>
             <w:r w:rsidRPr="00174889">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005A759A">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Leia 2 </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> 1:3. Tenha</w:t>
+              <w:t>Leia 2 Ts 1:3. Tenha</w:t>
             </w:r>
             <w:r w:rsidR="005A759A" w:rsidRPr="005A759A">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> uma experi</w:t>
             </w:r>
             <w:r w:rsidR="003E1A33">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ê</w:t>
             </w:r>
             <w:r w:rsidR="005A759A" w:rsidRPr="005A759A">
               <w:rPr>
@@ -3672,69 +3606,58 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D118C0">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Culto de Celebração – 19H00</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29F0074D" w14:textId="30AD439B" w:rsidR="00373C24" w:rsidRPr="00806F4B" w:rsidRDefault="000A5791" w:rsidP="009B500C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>LifTeens</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> – Para pré-adolescente de 9 a 12 anos – 19H00</w:t>
+              <w:t>LifTeens – Para pré-adolescente de 9 a 12 anos – 19H00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B500C" w:rsidRPr="001A3FB0" w14:paraId="6D1BD589" w14:textId="77777777" w:rsidTr="006712A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69CE1C19" w14:textId="65A2D868" w:rsidR="009B500C" w:rsidRPr="00C629DB" w:rsidRDefault="009B500C" w:rsidP="009B500C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4018,51 +3941,51 @@
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Curso de Membresia – nesta quarta às 19:30H – Galpão Preto</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D9F6522" w14:textId="09F85731" w:rsidR="00B520F8" w:rsidRPr="00EF7E63" w:rsidRDefault="00B520F8" w:rsidP="009B500C">
+          <w:p w14:paraId="6ED0288D" w14:textId="01856315" w:rsidR="000C3AFF" w:rsidRPr="00E90219" w:rsidRDefault="00B520F8" w:rsidP="00E90219">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7740"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -4141,200 +4064,119 @@
               <w:t xml:space="preserve">ÀS 19:30H </w:t>
             </w:r>
             <w:r w:rsidR="00FD1BBA" w:rsidRPr="00EF7E63">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00D118C0">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> DECOLANDO NO ESPÍRITO SANTO com a presença de Mateus Goulart.</w:t>
-            </w:r>
-[...51 lines deleted...]
-              <w:t>: Reunião com todos os obreiros da igreja às 9:30H</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3174203E" w14:textId="049F9203" w:rsidR="00EF7E63" w:rsidRDefault="00E245EF" w:rsidP="009B500C">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7740"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceia de </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Ceia de Rev</w:t>
+            </w:r>
+            <w:r w:rsidR="003E1A33">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>Rev</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E1A33">
+              <w:t>eill</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>eill</w:t>
-[...26 lines deleted...]
-              <w:t>: adquiria o seu convite o mais rápido. Vagas limitadas!</w:t>
+              <w:t>on: adquiria o seu convite o mais rápido. Vagas limitadas!</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DD789F1" w14:textId="2BB663A6" w:rsidR="00E245EF" w:rsidRDefault="00E245EF" w:rsidP="009B500C">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7740"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
@@ -4551,66 +4393,52 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003A48C5" w:rsidRPr="003A48C5">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">DEVOCIONAL DIÁRIO COM O PR. DANIEL! </w:t>
             </w:r>
             <w:r w:rsidR="003A48C5">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre já no grupo no WhatsApp e recebe a Palavra de Deus a cada manhã! Link: </w:t>
-[...14 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Entre já no grupo no WhatsApp e recebe a Palavra de Deus a cada manhã! Link: igrejavale.online</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3533DD82" w14:textId="26C5126C" w:rsidR="00E02F1E" w:rsidRPr="00044E08" w:rsidRDefault="00E02F1E" w:rsidP="00E02F1E">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="000000"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7740"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Arial" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4885,62 +4713,52 @@
             </w:r>
             <w:r w:rsidRPr="00060891">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: (35) 99103-2329 / </w:t>
             </w:r>
             <w:r w:rsidRPr="00060891">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>YouTube</w:t>
             </w:r>
             <w:r w:rsidRPr="00060891">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>: youtube.com/</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>: youtube.com/igrejavale</w:t>
+            </w:r>
             <w:r w:rsidR="00B075A1">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidRPr="00060891">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Instagram</w:t>
             </w:r>
             <w:r w:rsidRPr="00060891">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
@@ -4989,58 +4807,58 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CE98E61" w14:textId="77777777" w:rsidR="007258CF" w:rsidRDefault="007258CF"/>
     <w:sectPr w:rsidR="007258CF" w:rsidSect="003E3F1F">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="266" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47656668" w14:textId="77777777" w:rsidR="00006D16" w:rsidRDefault="00006D16">
+    <w:p w14:paraId="2B874AF1" w14:textId="77777777" w:rsidR="00154447" w:rsidRDefault="00154447">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="303A6151" w14:textId="77777777" w:rsidR="00006D16" w:rsidRDefault="00006D16">
+    <w:p w14:paraId="0550C42B" w14:textId="77777777" w:rsidR="00154447" w:rsidRDefault="00154447">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5119,58 +4937,58 @@
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">2025 – O Ano do EVANGELISMO </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35B17468" w14:textId="77777777" w:rsidR="00006D16" w:rsidRDefault="00006D16">
+    <w:p w14:paraId="11A509C7" w14:textId="77777777" w:rsidR="00154447" w:rsidRDefault="00154447">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61502A6F" w14:textId="77777777" w:rsidR="00006D16" w:rsidRDefault="00006D16">
+    <w:p w14:paraId="36342F78" w14:textId="77777777" w:rsidR="00154447" w:rsidRDefault="00154447">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4E441313" w14:textId="77777777" w:rsidR="0039753A" w:rsidRPr="00336CE7" w:rsidRDefault="00246F3B" w:rsidP="003C5908">
     <w:pPr>
       <w:pStyle w:val="Corpo"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro" w:cs="Microsoft New Tai Lue"/>
         <w:b/>
         <w:sz w:val="28"/>
@@ -10079,51 +9897,50 @@
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E97CD8"/>
     <w:rsid w:val="00000AD7"/>
@@ -10274,50 +10091,51 @@
     <w:rsid w:val="0012714C"/>
     <w:rsid w:val="0012725B"/>
     <w:rsid w:val="001307F7"/>
     <w:rsid w:val="00130E69"/>
     <w:rsid w:val="001315F8"/>
     <w:rsid w:val="00132615"/>
     <w:rsid w:val="00132791"/>
     <w:rsid w:val="0013450A"/>
     <w:rsid w:val="00134C01"/>
     <w:rsid w:val="00134F46"/>
     <w:rsid w:val="00135E52"/>
     <w:rsid w:val="001373CC"/>
     <w:rsid w:val="00137A09"/>
     <w:rsid w:val="00137D5E"/>
     <w:rsid w:val="00137DE7"/>
     <w:rsid w:val="001401C9"/>
     <w:rsid w:val="00140361"/>
     <w:rsid w:val="00142CC2"/>
     <w:rsid w:val="0014349C"/>
     <w:rsid w:val="00146044"/>
     <w:rsid w:val="001505DA"/>
     <w:rsid w:val="00150C08"/>
     <w:rsid w:val="00151075"/>
     <w:rsid w:val="00152F97"/>
     <w:rsid w:val="001533CB"/>
+    <w:rsid w:val="00154447"/>
     <w:rsid w:val="00154BCF"/>
     <w:rsid w:val="00160887"/>
     <w:rsid w:val="001609E9"/>
     <w:rsid w:val="0016187B"/>
     <w:rsid w:val="00161ADC"/>
     <w:rsid w:val="001620FA"/>
     <w:rsid w:val="00162307"/>
     <w:rsid w:val="00162711"/>
     <w:rsid w:val="00163423"/>
     <w:rsid w:val="00163585"/>
     <w:rsid w:val="00163EEF"/>
     <w:rsid w:val="00170CC4"/>
     <w:rsid w:val="00170DEC"/>
     <w:rsid w:val="001710CB"/>
     <w:rsid w:val="00173CE0"/>
     <w:rsid w:val="00174889"/>
     <w:rsid w:val="00175BCF"/>
     <w:rsid w:val="00177E66"/>
     <w:rsid w:val="0018059C"/>
     <w:rsid w:val="001807CE"/>
     <w:rsid w:val="00180931"/>
     <w:rsid w:val="00180F13"/>
     <w:rsid w:val="00186123"/>
     <w:rsid w:val="00186263"/>
     <w:rsid w:val="001875ED"/>
@@ -10425,50 +10243,51 @@
     <w:rsid w:val="00254A48"/>
     <w:rsid w:val="002604D3"/>
     <w:rsid w:val="00262605"/>
     <w:rsid w:val="0026305F"/>
     <w:rsid w:val="00264C03"/>
     <w:rsid w:val="00264D61"/>
     <w:rsid w:val="00264DBD"/>
     <w:rsid w:val="00264E52"/>
     <w:rsid w:val="0026732C"/>
     <w:rsid w:val="002678C0"/>
     <w:rsid w:val="0027020A"/>
     <w:rsid w:val="002719E3"/>
     <w:rsid w:val="00273939"/>
     <w:rsid w:val="00273BB8"/>
     <w:rsid w:val="002752CD"/>
     <w:rsid w:val="00276228"/>
     <w:rsid w:val="0027628C"/>
     <w:rsid w:val="002764EF"/>
     <w:rsid w:val="00277812"/>
     <w:rsid w:val="002803A8"/>
     <w:rsid w:val="00280F8C"/>
     <w:rsid w:val="002814BA"/>
     <w:rsid w:val="00281A3F"/>
     <w:rsid w:val="00283F29"/>
     <w:rsid w:val="0028524E"/>
+    <w:rsid w:val="00285A6A"/>
     <w:rsid w:val="00285AB1"/>
     <w:rsid w:val="00286B73"/>
     <w:rsid w:val="00287158"/>
     <w:rsid w:val="00291DC2"/>
     <w:rsid w:val="00292141"/>
     <w:rsid w:val="002921E3"/>
     <w:rsid w:val="00293650"/>
     <w:rsid w:val="00293987"/>
     <w:rsid w:val="00294721"/>
     <w:rsid w:val="00295991"/>
     <w:rsid w:val="00297267"/>
     <w:rsid w:val="002A01BD"/>
     <w:rsid w:val="002A0C71"/>
     <w:rsid w:val="002A13B6"/>
     <w:rsid w:val="002A13BD"/>
     <w:rsid w:val="002A1D72"/>
     <w:rsid w:val="002A1E2F"/>
     <w:rsid w:val="002A3CFB"/>
     <w:rsid w:val="002A4021"/>
     <w:rsid w:val="002A47DF"/>
     <w:rsid w:val="002A507E"/>
     <w:rsid w:val="002A5D85"/>
     <w:rsid w:val="002A6547"/>
     <w:rsid w:val="002A7807"/>
     <w:rsid w:val="002B36E8"/>
@@ -11386,50 +11205,51 @@
     <w:rsid w:val="00A7280E"/>
     <w:rsid w:val="00A73649"/>
     <w:rsid w:val="00A76267"/>
     <w:rsid w:val="00A80E6C"/>
     <w:rsid w:val="00A81FA9"/>
     <w:rsid w:val="00A83FF5"/>
     <w:rsid w:val="00A84ADB"/>
     <w:rsid w:val="00A84B78"/>
     <w:rsid w:val="00A85648"/>
     <w:rsid w:val="00A861CE"/>
     <w:rsid w:val="00A865B6"/>
     <w:rsid w:val="00A86CFC"/>
     <w:rsid w:val="00A90296"/>
     <w:rsid w:val="00A904D6"/>
     <w:rsid w:val="00A911E4"/>
     <w:rsid w:val="00A91CC7"/>
     <w:rsid w:val="00A9282D"/>
     <w:rsid w:val="00A9734B"/>
     <w:rsid w:val="00A97AA5"/>
     <w:rsid w:val="00AA37F6"/>
     <w:rsid w:val="00AA3D16"/>
     <w:rsid w:val="00AA66B1"/>
     <w:rsid w:val="00AA67CE"/>
     <w:rsid w:val="00AA7AC9"/>
     <w:rsid w:val="00AB11F4"/>
+    <w:rsid w:val="00AB2522"/>
     <w:rsid w:val="00AB4146"/>
     <w:rsid w:val="00AC18E9"/>
     <w:rsid w:val="00AC3764"/>
     <w:rsid w:val="00AC4678"/>
     <w:rsid w:val="00AC5304"/>
     <w:rsid w:val="00AC631E"/>
     <w:rsid w:val="00AC635C"/>
     <w:rsid w:val="00AC710A"/>
     <w:rsid w:val="00AC779A"/>
     <w:rsid w:val="00AD0D62"/>
     <w:rsid w:val="00AD13B7"/>
     <w:rsid w:val="00AD2053"/>
     <w:rsid w:val="00AD3B95"/>
     <w:rsid w:val="00AD48D2"/>
     <w:rsid w:val="00AE195A"/>
     <w:rsid w:val="00AE3294"/>
     <w:rsid w:val="00AE486E"/>
     <w:rsid w:val="00AE7D3C"/>
     <w:rsid w:val="00AF00EE"/>
     <w:rsid w:val="00AF0450"/>
     <w:rsid w:val="00AF4B93"/>
     <w:rsid w:val="00AF7008"/>
     <w:rsid w:val="00AF7FCD"/>
     <w:rsid w:val="00B006F2"/>
     <w:rsid w:val="00B00D53"/>
@@ -11822,50 +11642,51 @@
     <w:rsid w:val="00E46A88"/>
     <w:rsid w:val="00E47DCB"/>
     <w:rsid w:val="00E5133F"/>
     <w:rsid w:val="00E54186"/>
     <w:rsid w:val="00E54DB6"/>
     <w:rsid w:val="00E55764"/>
     <w:rsid w:val="00E62ACF"/>
     <w:rsid w:val="00E645E5"/>
     <w:rsid w:val="00E65526"/>
     <w:rsid w:val="00E663C4"/>
     <w:rsid w:val="00E70404"/>
     <w:rsid w:val="00E72CB3"/>
     <w:rsid w:val="00E7352E"/>
     <w:rsid w:val="00E73BE6"/>
     <w:rsid w:val="00E74B94"/>
     <w:rsid w:val="00E74C4F"/>
     <w:rsid w:val="00E757EA"/>
     <w:rsid w:val="00E76C14"/>
     <w:rsid w:val="00E801EE"/>
     <w:rsid w:val="00E81130"/>
     <w:rsid w:val="00E82C2D"/>
     <w:rsid w:val="00E840BF"/>
     <w:rsid w:val="00E85B93"/>
     <w:rsid w:val="00E86AB0"/>
     <w:rsid w:val="00E86DCA"/>
+    <w:rsid w:val="00E90219"/>
     <w:rsid w:val="00E91D4F"/>
     <w:rsid w:val="00E92CDE"/>
     <w:rsid w:val="00E93924"/>
     <w:rsid w:val="00E93DF0"/>
     <w:rsid w:val="00E93E85"/>
     <w:rsid w:val="00E946A3"/>
     <w:rsid w:val="00E94E07"/>
     <w:rsid w:val="00E96CF4"/>
     <w:rsid w:val="00E97CD8"/>
     <w:rsid w:val="00EA06A6"/>
     <w:rsid w:val="00EA24EE"/>
     <w:rsid w:val="00EA46A9"/>
     <w:rsid w:val="00EA5573"/>
     <w:rsid w:val="00EA6992"/>
     <w:rsid w:val="00EB0CB8"/>
     <w:rsid w:val="00EB1432"/>
     <w:rsid w:val="00EB1C48"/>
     <w:rsid w:val="00EB3296"/>
     <w:rsid w:val="00EB3AB0"/>
     <w:rsid w:val="00EB3C04"/>
     <w:rsid w:val="00EB3DC7"/>
     <w:rsid w:val="00EB637F"/>
     <w:rsid w:val="00EB6414"/>
     <w:rsid w:val="00EB6DC8"/>
     <w:rsid w:val="00EB7070"/>
@@ -17144,70 +16965,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>908</Words>
-  <Characters>4905</Characters>
+  <Words>897</Words>
+  <Characters>4850</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5802</CharactersWithSpaces>
+  <CharactersWithSpaces>5736</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Daniel Martins Silva</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>